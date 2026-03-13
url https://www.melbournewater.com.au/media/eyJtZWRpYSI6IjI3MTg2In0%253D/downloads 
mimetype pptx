--- v0 (2025-10-20)
+++ v1 (2026-03-13)
@@ -1,131 +1,135 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
+  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId20"/>
+    <p:notesMasterId r:id="rId21"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="284" r:id="rId5"/>
-[...2 lines deleted...]
-    <p:sldId id="257" r:id="rId8"/>
+    <p:sldId id="256" r:id="rId5"/>
+    <p:sldId id="284" r:id="rId6"/>
+    <p:sldId id="257" r:id="rId7"/>
+    <p:sldId id="295" r:id="rId8"/>
     <p:sldId id="296" r:id="rId9"/>
-    <p:sldId id="300" r:id="rId10"/>
-    <p:sldId id="258" r:id="rId11"/>
+    <p:sldId id="260" r:id="rId10"/>
+    <p:sldId id="300" r:id="rId11"/>
     <p:sldId id="282" r:id="rId12"/>
-    <p:sldId id="298" r:id="rId13"/>
-[...5 lines deleted...]
-    <p:sldId id="265" r:id="rId19"/>
+    <p:sldId id="258" r:id="rId13"/>
+    <p:sldId id="298" r:id="rId14"/>
+    <p:sldId id="299" r:id="rId15"/>
+    <p:sldId id="283" r:id="rId16"/>
+    <p:sldId id="285" r:id="rId17"/>
+    <p:sldId id="265" r:id="rId18"/>
+    <p:sldId id="306" r:id="rId19"/>
+    <p:sldId id="307" r:id="rId20"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
-  <p:notesSz cx="6858000" cy="9144000"/>
+  <p:notesSz cx="9926638" cy="6797675"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
     <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
@@ -177,102 +181,107 @@
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
-  <p:extLst>
-[...3 lines deleted...]
-  </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/authors.xml><?xml version="1.0" encoding="utf-8"?>
 <p188:authorLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p188="http://schemas.microsoft.com/office/powerpoint/2018/8/main">
   <p188:author id="{6E1DB22D-59AD-A1D9-763E-6A27ABD13AD4}" name="Marita Tripp" initials="MT" userId="S::Marita.Tripp@melbournewater.com.au::221e2f9e-eb0f-4055-a70c-95b81458cea0" providerId="AD"/>
   <p188:author id="{92754B32-62B1-9151-F0DC-3CC7794B36CE}" name="Kim O'Hoy" initials="KO" userId="S::kim.ohoy@melbournewater.com.au::2d9e7e7f-9607-46fb-b068-b4b862ee0f59" providerId="AD"/>
   <p188:author id="{4FDBB540-7DCA-8EBA-C584-079AEC48C1DE}" name="Marita Tripp" initials="MT" userId="S::marita.tripp@melbournewater.com.au::221e2f9e-eb0f-4055-a70c-95b81458cea0" providerId="AD"/>
   <p188:author id="{1E572583-0951-DAC6-3A4C-DBAE86D30716}" name="Toby Parford-Plant" initials="TP" userId="S::toby.parford-plant@melbournewater.com.au::445d2ffe-3c76-4669-9bfa-f39de8ac29a3" providerId="AD"/>
   <p188:author id="{478CB88E-4CE6-BC38-2C3B-EDE6D00F4410}" name="Kathryn Hocking" initials="KH" userId="S::Kathryn.Hocking@melbournewater.com.au::2fbb0aa5-390e-4697-806f-f6797f9f540f" providerId="AD"/>
 </p188:authorLst>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="356690"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
+</file>
+
+<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
+  <p1510:revLst>
+    <p1510:client id="{914DF832-A917-708E-CD90-5FFAED798B6F}" v="116" dt="2026-03-12T23:28:20.410"/>
+    <p1510:client id="{C23A7F4A-FD2F-0A28-EEE3-824B0FD89588}" v="116" dt="2026-03-12T05:06:34.570"/>
+    <p1510:client id="{CFDC5BB4-D53C-4D67-A9CE-1C2C084BF1AA}" v="1313" dt="2026-03-12T23:35:31.730"/>
+  </p1510:revLst>
+</p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{0817EA92-75D0-4044-A80A-286907CE0DDB}">
   <a:tblStyle styleId="{0817EA92-75D0-4044-A80A-286907CE0DDB}" styleName="SVA default table">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk2"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
@@ -413,223 +422,710 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:srgbClr val="809DC4"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
-[...24 lines deleted...]
-  </p:notesTextViewPr>
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId28" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId27" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/></Relationships>
+</file>
+
+<file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
+<pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
+  <pc:docChgLst>
+    <pc:chgData name="Nicole Cowan" userId="S::nicole.cowan@melbournewater.com.au::d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="AD" clId="Web-{C23A7F4A-FD2F-0A28-EEE3-824B0FD89588}"/>
+    <pc:docChg chg="modSld sldOrd">
+      <pc:chgData name="Nicole Cowan" userId="S::nicole.cowan@melbournewater.com.au::d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="AD" clId="Web-{C23A7F4A-FD2F-0A28-EEE3-824B0FD89588}" dt="2026-03-12T05:06:34.570" v="90" actId="20577"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp ord">
+        <pc:chgData name="Nicole Cowan" userId="S::nicole.cowan@melbournewater.com.au::d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="AD" clId="Web-{C23A7F4A-FD2F-0A28-EEE3-824B0FD89588}" dt="2026-03-12T05:03:29.872" v="83"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2147952893" sldId="256"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="S::nicole.cowan@melbournewater.com.au::d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="AD" clId="Web-{C23A7F4A-FD2F-0A28-EEE3-824B0FD89588}" dt="2026-03-12T05:03:24.340" v="82" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2147952893" sldId="256"/>
+            <ac:spMk id="2" creationId="{4B829D82-CED6-7D1B-8B03-C1F3929722C1}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Nicole Cowan" userId="S::nicole.cowan@melbournewater.com.au::d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="AD" clId="Web-{C23A7F4A-FD2F-0A28-EEE3-824B0FD89588}" dt="2026-03-12T05:05:37.239" v="85" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1027447141" sldId="257"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="S::nicole.cowan@melbournewater.com.au::d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="AD" clId="Web-{C23A7F4A-FD2F-0A28-EEE3-824B0FD89588}" dt="2026-03-12T05:05:37.239" v="85" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1027447141" sldId="257"/>
+            <ac:spMk id="4" creationId="{370B0BD4-26D0-BA16-179E-DEED3E8EB6A0}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modNotes">
+        <pc:chgData name="Nicole Cowan" userId="S::nicole.cowan@melbournewater.com.au::d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="AD" clId="Web-{C23A7F4A-FD2F-0A28-EEE3-824B0FD89588}" dt="2026-03-12T05:05:12.879" v="84"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="4280187253" sldId="282"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp modNotes">
+        <pc:chgData name="Nicole Cowan" userId="S::nicole.cowan@melbournewater.com.au::d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="AD" clId="Web-{C23A7F4A-FD2F-0A28-EEE3-824B0FD89588}" dt="2026-03-12T05:05:12.879" v="84"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1266918377" sldId="283"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="S::nicole.cowan@melbournewater.com.au::d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="AD" clId="Web-{C23A7F4A-FD2F-0A28-EEE3-824B0FD89588}" dt="2026-03-12T05:05:12.879" v="84"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1266918377" sldId="283"/>
+            <ac:spMk id="3" creationId="{3822AA4C-6461-B608-10B1-8678597FB6EF}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Nicole Cowan" userId="S::nicole.cowan@melbournewater.com.au::d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="AD" clId="Web-{C23A7F4A-FD2F-0A28-EEE3-824B0FD89588}" dt="2026-03-12T05:05:12.879" v="84"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3022524459" sldId="284"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="S::nicole.cowan@melbournewater.com.au::d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="AD" clId="Web-{C23A7F4A-FD2F-0A28-EEE3-824B0FD89588}" dt="2026-03-12T04:58:54.854" v="0" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3022524459" sldId="284"/>
+            <ac:spMk id="2" creationId="{E558487B-52A6-ECA6-CCE2-24083D75D438}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="S::nicole.cowan@melbournewater.com.au::d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="AD" clId="Web-{C23A7F4A-FD2F-0A28-EEE3-824B0FD89588}" dt="2026-03-12T05:05:12.879" v="84"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3022524459" sldId="284"/>
+            <ac:spMk id="3" creationId="{A7721118-8A03-EBD9-71A6-454C522CC548}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Nicole Cowan" userId="S::nicole.cowan@melbournewater.com.au::d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="AD" clId="Web-{C23A7F4A-FD2F-0A28-EEE3-824B0FD89588}" dt="2026-03-12T05:03:08.121" v="79"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2981667348" sldId="295"/>
+        </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod modGraphic">
+          <ac:chgData name="Nicole Cowan" userId="S::nicole.cowan@melbournewater.com.au::d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="AD" clId="Web-{C23A7F4A-FD2F-0A28-EEE3-824B0FD89588}" dt="2026-03-12T05:03:08.121" v="79"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2981667348" sldId="295"/>
+            <ac:graphicFrameMk id="5" creationId="{8F159346-D55D-79A4-099B-8F5040C17CEB}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Nicole Cowan" userId="S::nicole.cowan@melbournewater.com.au::d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="AD" clId="Web-{C23A7F4A-FD2F-0A28-EEE3-824B0FD89588}" dt="2026-03-12T05:06:34.570" v="90" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="4005157591" sldId="296"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="S::nicole.cowan@melbournewater.com.au::d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="AD" clId="Web-{C23A7F4A-FD2F-0A28-EEE3-824B0FD89588}" dt="2026-03-12T05:06:34.570" v="90" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="4005157591" sldId="296"/>
+            <ac:spMk id="2" creationId="{E2912621-2843-44C7-B7BE-A70351F18D1C}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="S::nicole.cowan@melbournewater.com.au::d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="AD" clId="Web-{C23A7F4A-FD2F-0A28-EEE3-824B0FD89588}" dt="2026-03-12T05:06:08.850" v="89" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="4005157591" sldId="296"/>
+            <ac:spMk id="3" creationId="{1A87AF86-07CF-0E24-874D-72A636AE6208}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}"/>
+    <pc:docChg chg="undo custSel addSld delSld modSld sldOrd">
+      <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:35:31.730" v="8029"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="addSp modSp mod ord">
+        <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:35:31.730" v="8029"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1027447141" sldId="257"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:28:01.977" v="7978" actId="1076"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1027447141" sldId="257"/>
+            <ac:spMk id="2" creationId="{8E1D1318-73ED-0CA7-1D44-C2A991E9CF86}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:28:10.746" v="7980" actId="1076"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1027447141" sldId="257"/>
+            <ac:spMk id="4" creationId="{370B0BD4-26D0-BA16-179E-DEED3E8EB6A0}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:graphicFrameChg chg="add mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:18:58.551" v="6953"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1027447141" sldId="257"/>
+            <ac:graphicFrameMk id="3" creationId="{617C03E0-984B-6FB5-CF22-4BB451CB8AF8}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+        <pc:graphicFrameChg chg="add mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:19:24.921" v="6959"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1027447141" sldId="257"/>
+            <ac:graphicFrameMk id="5" creationId="{CA2DCD92-093C-FDB6-5C44-551A368A0D73}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod modNotesTx">
+        <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:28:54.163" v="7984" actId="14100"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2436857328" sldId="258"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:24:04.954" v="7668" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2436857328" sldId="258"/>
+            <ac:spMk id="2" creationId="{FBE4F673-6059-B844-96DB-D2981E9CB2CB}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:28:54.163" v="7984" actId="14100"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2436857328" sldId="258"/>
+            <ac:spMk id="3" creationId="{7F8170BA-4DB1-2E05-4240-1AF13EB35BDC}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:picChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T08:52:36.347" v="708" actId="1076"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2436857328" sldId="258"/>
+            <ac:picMk id="7" creationId="{9F46203E-C791-709F-AEF1-A6864C9D57DA}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+        <pc:picChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T08:52:51.639" v="712" actId="1076"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2436857328" sldId="258"/>
+            <ac:picMk id="8" creationId="{5FF1A666-BC77-AE59-54F8-15945EB5FE0D}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+        <pc:picChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T08:52:44.841" v="710" actId="1076"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2436857328" sldId="258"/>
+            <ac:picMk id="9" creationId="{3E38AF35-925B-950D-F75C-B6F1F872A182}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod ord modNotesTx">
+        <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:23:57.305" v="7664" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="776672121" sldId="260"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T09:20:31.197" v="4434" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="776672121" sldId="260"/>
+            <ac:spMk id="3" creationId="{6E31D043-6768-4599-5A4B-5BC57F3439BA}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:23:57.305" v="7664" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="776672121" sldId="260"/>
+            <ac:spMk id="11" creationId="{9494A548-2020-404E-2860-159EF79FE964}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="ord">
+        <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:29:17.122" v="7987"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3909166809" sldId="265"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod ord modNotesTx">
+        <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:24:01.131" v="7666" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="4280187253" sldId="282"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:24:01.131" v="7666" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="4280187253" sldId="282"/>
+            <ac:spMk id="2" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod modNotesTx">
+        <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:24:13.769" v="7674" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1266918377" sldId="283"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:24:13.769" v="7674" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1266918377" sldId="283"/>
+            <ac:spMk id="2" creationId="{61317DB3-5E24-277C-6044-F07A03404F20}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T22:27:13.558" v="6400" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1266918377" sldId="283"/>
+            <ac:spMk id="3" creationId="{3822AA4C-6461-B608-10B1-8678597FB6EF}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:picChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T22:21:43.153" v="5577" actId="1076"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1266918377" sldId="283"/>
+            <ac:picMk id="7" creationId="{F05BB0BB-EE9F-8E52-36EC-5418FA50230C}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:33:49.278" v="8026" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3022524459" sldId="284"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:33:49.278" v="8026" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3022524459" sldId="284"/>
+            <ac:spMk id="3" creationId="{A7721118-8A03-EBD9-71A6-454C522CC548}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod modNotesTx">
+        <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:24:19.368" v="7680" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2472925297" sldId="285"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T22:29:35.992" v="6731" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2472925297" sldId="285"/>
+            <ac:spMk id="3" creationId="{6E31D043-6768-4599-5A4B-5BC57F3439BA}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:24:19.368" v="7680" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2472925297" sldId="285"/>
+            <ac:spMk id="11" creationId="{9494A548-2020-404E-2860-159EF79FE964}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:30:47.564" v="8011" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2981667348" sldId="295"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:30:47.564" v="8011" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2981667348" sldId="295"/>
+            <ac:spMk id="3" creationId="{BD33BE3F-51F8-59EB-7B60-BCEC2D36651C}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T08:45:56.321" v="11" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2981667348" sldId="295"/>
+            <ac:spMk id="4" creationId="{95CE904F-7609-0CE2-17BE-EBD2F1879084}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:graphicFrameChg chg="mod modGraphic">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:18:24.951" v="6949" actId="13926"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2981667348" sldId="295"/>
+            <ac:graphicFrameMk id="5" creationId="{8F159346-D55D-79A4-099B-8F5040C17CEB}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod modNotesTx">
+        <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:34:14.674" v="8027" actId="2711"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="4005157591" sldId="296"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:34:14.674" v="8027" actId="2711"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="4005157591" sldId="296"/>
+            <ac:spMk id="3" creationId="{1A87AF86-07CF-0E24-874D-72A636AE6208}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp del mod">
+        <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T09:24:09.164" v="4455" actId="47"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1003778883" sldId="297"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T09:23:03.252" v="4452" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1003778883" sldId="297"/>
+            <ac:spMk id="2" creationId="{F5A9D2A4-10D4-21FF-38AC-FA81DE9F7A41}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod modNotesTx">
+        <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:24:08.584" v="7670" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2847100038" sldId="298"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:24:08.584" v="7670" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2847100038" sldId="298"/>
+            <ac:spMk id="2" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T09:26:12.836" v="4484" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2847100038" sldId="298"/>
+            <ac:spMk id="12" creationId="{002BFBC4-64C8-E9B2-4B35-805F364D8403}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:29:06.347" v="7985" actId="1076"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3628045713" sldId="299"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:29:06.347" v="7985" actId="1076"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3628045713" sldId="299"/>
+            <ac:spMk id="6" creationId="{0E68D52C-E1A5-8097-5DF2-30741055B896}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod modNotesTx">
+        <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:28:45.585" v="7982" actId="1076"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2002319646" sldId="300"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:28:45.585" v="7982" actId="1076"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2002319646" sldId="300"/>
+            <ac:spMk id="6" creationId="{2CC132F4-9109-BAA1-8AED-A45E6C8F0980}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp add mod">
+        <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:29:43.586" v="7988" actId="14100"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1162464716" sldId="306"/>
+        </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod modGraphic">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T23:29:43.586" v="7988" actId="14100"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1162464716" sldId="306"/>
+            <ac:graphicFrameMk id="5" creationId="{25948CB4-A2FA-7F21-7E25-005F1BA00CCD}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+      <pc:sldChg chg="add">
+        <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-03-12T08:44:45.368" v="2"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2296516357" sldId="307"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Nicole Cowan" userId="S::nicole.cowan@melbournewater.com.au::d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="AD" clId="Web-{914DF832-A917-708E-CD90-5FFAED798B6F}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Nicole Cowan" userId="S::nicole.cowan@melbournewater.com.au::d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="AD" clId="Web-{914DF832-A917-708E-CD90-5FFAED798B6F}" dt="2026-03-12T23:26:28.603" v="111"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="addSp delSp modSp">
+        <pc:chgData name="Nicole Cowan" userId="S::nicole.cowan@melbournewater.com.au::d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="AD" clId="Web-{914DF832-A917-708E-CD90-5FFAED798B6F}" dt="2026-03-12T23:26:28.603" v="111"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2981667348" sldId="295"/>
+        </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod modGraphic">
+          <ac:chgData name="Nicole Cowan" userId="S::nicole.cowan@melbournewater.com.au::d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="AD" clId="Web-{914DF832-A917-708E-CD90-5FFAED798B6F}" dt="2026-03-12T23:26:28.603" v="111"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2981667348" sldId="295"/>
+            <ac:graphicFrameMk id="5" creationId="{8F159346-D55D-79A4-099B-8F5040C17CEB}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+        <pc:graphicFrameChg chg="add del mod">
+          <ac:chgData name="Nicole Cowan" userId="S::nicole.cowan@melbournewater.com.au::d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="AD" clId="Web-{914DF832-A917-708E-CD90-5FFAED798B6F}" dt="2026-03-12T23:24:55.859" v="5"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2981667348" sldId="295"/>
+            <ac:graphicFrameMk id="7" creationId="{94455B73-F4DA-7A0E-DD11-DBFD2DEA8B16}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+        <pc:graphicFrameChg chg="add del mod">
+          <ac:chgData name="Nicole Cowan" userId="S::nicole.cowan@melbournewater.com.au::d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="AD" clId="Web-{914DF832-A917-708E-CD90-5FFAED798B6F}" dt="2026-03-12T23:25:12.205" v="19"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2981667348" sldId="295"/>
+            <ac:graphicFrameMk id="9" creationId="{28944A2C-F0A0-38D3-87B7-0B6CBF228494}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+</pc:chgInfo>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Header Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="0"/>
-            <a:ext cx="2971800" cy="458788"/>
+            <a:off x="0" y="1"/>
+            <a:ext cx="4301543" cy="341064"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3884613" y="0"/>
-            <a:ext cx="2971800" cy="458788"/>
+            <a:off x="5622798" y="1"/>
+            <a:ext cx="4301543" cy="341064"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{226D3341-7B95-4A6B-90E1-134F954A481B}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>14/02/2025</a:t>
+              <a:t>12/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="685800" y="1143000"/>
-            <a:ext cx="5486400" cy="3086100"/>
+            <a:off x="2924175" y="849313"/>
+            <a:ext cx="4078288" cy="2293937"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:prstClr val="black"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Notes Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="685800" y="4400550"/>
-            <a:ext cx="5486400" cy="3600450"/>
+            <a:off x="992664" y="3271381"/>
+            <a:ext cx="7941310" cy="2676585"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
@@ -644,83 +1140,83 @@
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="8685213"/>
-            <a:ext cx="2971800" cy="458787"/>
+            <a:off x="0" y="6456612"/>
+            <a:ext cx="4301543" cy="341063"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3884613" y="8685213"/>
-            <a:ext cx="2971800" cy="458787"/>
+            <a:off x="5622798" y="6456612"/>
+            <a:ext cx="4301543" cy="341063"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{517637F7-FC4D-4CBC-AB75-3578EC53B962}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2273711408"/>
@@ -802,63 +1298,67 @@
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
@@ -893,81 +1393,108 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-AU" dirty="0"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Teaching notes &amp; ideas:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>You may want to add how population growth will also impact water security in Melbourne.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>The focus of the Future Water Story is on Melbourne, you could add reference to other cities around the world your class is investigating. </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{517637F7-FC4D-4CBC-AB75-3578EC53B962}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>2</a:t>
+              <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1078831464"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1026073095"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -977,129 +1504,205 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1"/>
+              <a:t>Teaching notes &amp; ideas:</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-AU" sz="1200" kern="1200">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>Teaching notes &amp; ideas</a:t>
+              <a:rPr lang="en-US" sz="1200" b="0">
+                <a:solidFill>
+                  <a:srgbClr val="334D6F"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>It is now time to answer the question - </a:t>
             </a:r>
-          </a:p>
-[...13 lines deleted...]
-              </a:spcAft>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="334D6F"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>How can we manage Melbourne’s water sustainably as a valuable renewable resource?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200">
+              <a:solidFill>
+                <a:srgbClr val="334D6F"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-AU" sz="1200" kern="1200">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-AU" sz="1200" kern="1200">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Encourage students to think about alternative water sources, desalination, recycled water and stormwater harvesting. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-AU" sz="1200" u="none" kern="1200">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-AU"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1800" dirty="0">
-[...5 lines deleted...]
-              <a:t>In  this section, students draw on their knowledge and respond to the theme ‘How do we make the use of water in Melbourne sustainable’. </a:t>
+              <a:rPr lang="en-AU"/>
+              <a:t>Encourage them to think like the stakeholder group that they originally were assigned, or alternatively have them think of other important stakeholder groups that would be important in the community.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-AU" dirty="0"/>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{517637F7-FC4D-4CBC-AB75-3578EC53B962}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>12</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2966420637"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1944763142"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1110,282 +1713,317 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:rPr lang="en-US" b="1"/>
               <a:t>Teaching notes &amp; ideas:</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
-[...8 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" kern="1200" dirty="0">
-[...5 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+              <a:rPr lang="en-US">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>Alternate water sources include desalination, recycled water and stormwater harvesting. </a:t>
+              <a:t>Use these simple prompts to have students reflect on their learning.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-AU" sz="1200" u="none" kern="1200" dirty="0">
-[...68 lines deleted...]
-            <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{517637F7-FC4D-4CBC-AB75-3578EC53B962}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>13</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1944763142"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="625810423"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BBE6C85A-21AF-0A3C-EB2E-2DE5655612AD}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1ADFD072-42B8-3D14-DEB3-9E8825AB2031}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0AB7DCE4-5C07-5701-AFB8-72B1F90910E4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...20 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{328CAD07-80BF-7E89-EFF0-B642A0E9F389}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{517637F7-FC4D-4CBC-AB75-3578EC53B962}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>14</a:t>
+              <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="625810423"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2540519704"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F89019A-068E-68B3-278E-AE2B7CF62B2E}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2CD0C68-BD84-981F-CC4F-F10847CBB8FB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F053A681-A222-0BFC-3D36-1F4CAE429C46}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D8E9574-0970-C8DC-89E5-E54A498B516A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{517637F7-FC4D-4CBC-AB75-3578EC53B962}" type="slidenum">
+              <a:rPr lang="en-AU" smtClean="0"/>
+              <a:t>16</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-AU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3876395962"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1395,108 +2033,81 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...26 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{517637F7-FC4D-4CBC-AB75-3578EC53B962}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1026073095"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1078831464"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1507,137 +2118,143 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:rPr lang="en-US" b="1"/>
               <a:t>Teaching notes &amp; ideas</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Picture: Looking inland from Port Philip Bay(note, this image was taken before the construction commenced)</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Future Water Story and the theme - </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>How do we make the use of water in Melbourne sustainable?</a:t>
+              <a:rPr lang="en-AU" b="1"/>
+              <a:t>How can we manage Melbourne’s water sustainably as a valuable renewable resource?</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+          <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-[...8 lines deleted...]
-              <a:rPr lang="en-US" dirty="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>You could begin with a quick recap discussion about what students thought about their participation in the Future Water Story</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-              <a:t>What was their first impression of the site?</a:t>
+              <a:rPr lang="en-US"/>
+              <a:t>Were there any surprises when playing the Future Water Story?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-              <a:t>What was one amazing new fact that you know now?</a:t>
+              <a:rPr lang="en-US"/>
+              <a:t>What was one thing that you learned about decisions that different teams had to make?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
+              <a:rPr lang="en-US"/>
+              <a:t>If you were to play the game again, would you make different decisions? Why?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US"/>
               <a:t>What was the highlight of participating in the Future Water Story?</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Key terms students should know to get the most out of the experience – see Glossary</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0"/>
-[...5 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{517637F7-FC4D-4CBC-AB75-3578EC53B962}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
@@ -1677,118 +2294,163 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...14 lines deleted...]
-              <a:defRPr/>
+            <a:r>
+              <a:rPr lang="en-US" b="1"/>
+              <a:t>Teaching notes &amp; ideas:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="1"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="0"/>
+              <a:t>If your students completed the worksheet, they could use the information they gathered during the tour.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-AU">
+              <a:latin typeface="Aptos" panose="02110004020202020204"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU">
+                <a:latin typeface="Aptos" panose="02110004020202020204"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Students’ responses should include an outline of recycled water, biogas and biosolids, plus where each is used. For example,  biogas is used on site for electricity and recycled water is used on site and for irrigation.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-AU">
+              <a:latin typeface="Aptos" panose="02110004020202020204"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU">
+                <a:latin typeface="Aptos" panose="02110004020202020204"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Websites to use:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600">
+              <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>Teaching notes &amp; ideas</a:t>
+              <a:rPr lang="en-AU">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>https://www.melbournewater.com.au/water-and-environment/water-management/sewerage/western-treatment-plant/western-treatment-plant</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-AU" dirty="0"/>
-[...1 lines deleted...]
-          <a:p>
+            <a:pPr marL="228600" indent="-228600">
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>The next slides outline the key terms and concepts that were discussed and covered as part of the Future Water Story. Students are also asked to reflect on their participation and the choices they made as part of the Circular Cities </a:t>
+              <a:rPr lang="en-AU">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>https://www.melbournewater.com.au/teachertoolbox/virtual-tour-western-treatment-plant</a:t>
             </a:r>
-            <a:r>
-[...6 lines deleted...]
-            <a:endParaRPr lang="en-AU" dirty="0"/>
+            <a:endParaRPr lang="en-AU">
+              <a:latin typeface="Aptos" panose="02110004020202020204"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{517637F7-FC4D-4CBC-AB75-3578EC53B962}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1344723109"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4089510283"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1798,350 +2460,113 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...8 lines deleted...]
-            <a:pPr marL="0" lvl="4">
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
-                <a:spcPct val="105000"/>
+                <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="600"/>
+                <a:spcPts val="0"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>When students made decisions for their growing city while participating in the Circular Cities Digital Challenge, they had to consider a criteria for success. </a:t>
+              <a:rPr lang="en-US" b="1"/>
+              <a:t>Teaching notes &amp; ideas</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="4">
-[...17 lines deleted...]
-            </a:pPr>
+            <a:endParaRPr lang="en-AU"/>
+          </a:p>
+          <a:p>
             <a:r>
-              <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>Get students to write their own definition of sustainability, using the three pillars. This could include:</a:t>
+              <a:rPr lang="en-AU"/>
+              <a:t>The next slides outline the key terms and concepts that were discussed and covered as part of the Future Water Story. Students are also asked to reflect on their participation and the choices they made as part of the Future Water Story.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="171450" lvl="4" indent="-171450">
-[...220 lines deleted...]
-            <a:endParaRPr lang="en-AU" dirty="0"/>
+            <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{517637F7-FC4D-4CBC-AB75-3578EC53B962}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1037661978"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1344723109"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2152,273 +2577,279 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:rPr lang="en-US" b="1"/>
               <a:t>Teaching notes &amp; ideas</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Get students to describe the changes they see from the beginning, before settlement and at the end of Era 3. </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
+              <a:rPr lang="en-US"/>
+              <a:t>Are these changes good or bad? How do you decide if they are good or bad?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
               <a:t>Students should include in their response the following:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Changes in the environment</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="628650" lvl="1" indent="-171450">
               <a:buFont typeface="Courier New"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:rPr lang="en-US" err="1"/>
               <a:t>colouration</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-              <a:t> of  the grass</a:t>
+              <a:rPr lang="en-US"/>
+              <a:t> of the grass</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="628650" lvl="1" indent="-171450">
               <a:buFont typeface="Courier New"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>tree density and distribution</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="628650" lvl="1" indent="-171450">
               <a:buFont typeface="Courier New"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>river level and clarity/turbidity</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Storage and Catchment reservoir levels,</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Built environment e.g. buildings present and their impacts on community</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Any alternate water sources</a:t>
+              <a:rPr lang="en-US"/>
+              <a:t>Any alternative water sources</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Students could create a table or Venn diagram with two circles and outline the similarities and differences.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-              <a:t>An alternate method to get students to respond to this task is to get them to complete a See – Think – Wonder</a:t>
+              <a:rPr lang="en-US"/>
+              <a:t>An alternative method to get students to respond to this task is to get them to complete a See – Think – Wonder</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>What do they see?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>What do you think about?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>What does it make you wonder?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" dirty="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{517637F7-FC4D-4CBC-AB75-3578EC53B962}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
@@ -2459,148 +2890,201 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>Teaching notes &amp; ideas</a:t>
+              <a:rPr lang="en-US" b="1"/>
+              <a:t>Teaching notes &amp; ideas:</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
-[...4 lines deleted...]
-          <a:p>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="4">
+              <a:lnSpc>
+                <a:spcPct val="105000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>These questions relate to the decisions and outcomes students made during the Circular Cities Digital Challenge</a:t>
+              <a:rPr lang="en-AU"/>
+              <a:t>When students made decisions for their growing city while participating in the Future Water Story, they had to consider a criteria for success. </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="4">
+              <a:lnSpc>
+                <a:spcPct val="105000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-AU"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="4">
+              <a:lnSpc>
+                <a:spcPct val="105000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU"/>
+              <a:t>Have students work in groups to discuss and make notes about these questions. Try and create groups that have representatives from each of the stakeholder groups in them for a cross-section of ideas.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="4">
+              <a:lnSpc>
+                <a:spcPct val="105000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-AU"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="4">
+              <a:lnSpc>
+                <a:spcPct val="105000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU"/>
+              <a:t>Give them 10 mins to discuss, then come back together to share.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="4">
+              <a:lnSpc>
+                <a:spcPct val="105000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-AU"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="4">
+              <a:lnSpc>
+                <a:spcPct val="105000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU"/>
+              <a:t>Have students design their own pillars of sustainability in a creative way. For example, they may include education, religion, culture etc. How do these interact with each other?</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="228600" lvl="4" indent="-228600">
               <a:lnSpc>
                 <a:spcPct val="105000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
-              <a:buFont typeface="Arial,Sans-Serif"/>
+              <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
-            <a:r>
-[...3 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-AU"/>
           </a:p>
           <a:p>
             <a:pPr marL="228600" lvl="4" indent="-228600">
               <a:lnSpc>
                 <a:spcPct val="105000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
-              <a:buFont typeface="Arial,Sans-Serif"/>
+              <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
-            <a:r>
-[...23 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{517637F7-FC4D-4CBC-AB75-3578EC53B962}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2211052755"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1037661978"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2611,146 +3095,260 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>Teaching notes &amp; ideas:</a:t>
+              <a:rPr lang="en-US" b="1"/>
+              <a:t>Teaching notes &amp; ideas</a:t>
             </a:r>
-          </a:p>
-[...3 lines deleted...]
-          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-AU"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="4" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="105000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial,Sans-Serif"/>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" b="0" dirty="0"/>
-              <a:t>If your students completed the worksheet, they could use the information they gathered during the tour. Alternatively, if you didn’t use the worksheet g</a:t>
+              <a:rPr lang="en-AU"/>
+              <a:t>Have students design their own circular city in their groups. This can be done digitally, on paper or in their books.</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="4" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="105000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial,Sans-Serif"/>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>o to the Melbourne Water website and see ‘Western Treatment Plant and sewage treatment’ and/or </a:t>
+              <a:rPr lang="en-AU"/>
+              <a:t>Questions to consider when designing your city:</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="4" indent="-171450">
+              <a:lnSpc>
+                <a:spcPct val="105000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" dirty="0">
-[...4 lines deleted...]
-              <a:t>the ‘Western Treatment Plant Virtual Tour’</a:t>
+              <a:rPr lang="en-AU"/>
+              <a:t>What do you need to consider including in your city for a growing population?</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="4" indent="-171450">
+              <a:lnSpc>
+                <a:spcPct val="105000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>. Both these sites include details on sewage treatment and how the process is being made sustainable.</a:t>
+              <a:rPr lang="en-AU"/>
+              <a:t>How will you consider water security for your city?</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-AU" dirty="0">
-[...5 lines deleted...]
-          <a:p>
+            <a:pPr marL="171450" lvl="4" indent="-171450">
+              <a:lnSpc>
+                <a:spcPct val="105000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" dirty="0">
-[...4 lines deleted...]
-              <a:t>Students’ responses should include an outline of recycled water, biogas and biosolids, plus where each is used. For example,  biogas is used on site for electricity and recycled water is used on site and for irrigation.</a:t>
+              <a:rPr lang="en-AU"/>
+              <a:t>Would you include alternative water sources or recycling water? </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-AU" dirty="0">
-[...17 lines deleted...]
-            </a:endParaRPr>
+            <a:pPr marL="171450" lvl="4" indent="-171450">
+              <a:lnSpc>
+                <a:spcPct val="105000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU"/>
+              <a:t>What do you need to include to make sure that your city is accessible and liveable?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="4" indent="-171450">
+              <a:lnSpc>
+                <a:spcPct val="105000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU"/>
+              <a:t>What do you think you want to avoid including in your city?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="4" indent="-171450">
+              <a:lnSpc>
+                <a:spcPct val="105000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU"/>
+              <a:t>What are the important stakeholder groups do you think you would include to make decisions in your city?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="4" indent="-171450">
+              <a:lnSpc>
+                <a:spcPct val="105000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-AU"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="4" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="105000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU"/>
+              <a:t>Allow students to present their city back to the group and explain how they came to their conclusions.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" lvl="4" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="105000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial,Sans-Serif"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{517637F7-FC4D-4CBC-AB75-3578EC53B962}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4089510283"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2211052755"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2760,226 +3358,173 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:rPr lang="en-US" b="1"/>
               <a:t>Teaching notes &amp; ideas</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
-[...4 lines deleted...]
-          <a:p>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-AU"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPts val="1400"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>Get students to draw the following table and complete the final column 'Learnt’. They should write at least 4 pieces of information in each column.</a:t>
+              <a:rPr lang="en-AU" sz="1800">
+                <a:effectLst/>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>In  this section, students draw on their knowledge and respond to the theme </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
-[...7 lines deleted...]
-              <a:latin typeface="Aptos"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="334D6F"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>How can we manage Melbourne’s water sustainably as a valuable renewable resource?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800">
+              <a:solidFill>
+                <a:srgbClr val="334D6F"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" indent="0">
-[...1 lines deleted...]
-              <a:buNone/>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="1400"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
             </a:pPr>
-            <a:endParaRPr lang="en-AU" i="1" baseline="0" dirty="0">
-[...2 lines deleted...]
-              <a:cs typeface="Calibri"/>
+            <a:endParaRPr lang="en-AU" sz="1800">
+              <a:effectLst/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" indent="0">
-[...105 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{517637F7-FC4D-4CBC-AB75-3578EC53B962}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="222245394"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2966420637"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
@@ -3731,51 +4276,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EC04AF43-F4D7-4307-AAC6-978BA3428C8A}" type="datetime1">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>14/02/2025</a:t>
+              <a:t>12/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4193,51 +4738,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{770F0ABB-BB79-4AFB-97FB-A631ED08C459}" type="datetime1">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>14/02/2025</a:t>
+              <a:t>12/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4655,51 +5200,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{612D710C-B5D9-4CB5-94E6-E2CD1833AE84}" type="datetime1">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>14/02/2025</a:t>
+              <a:t>12/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5117,51 +5662,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4E561842-7DDB-4B93-A9F9-000F48B93157}" type="datetime1">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>14/02/2025</a:t>
+              <a:t>12/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5579,51 +6124,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D0AAF764-000E-408A-BB85-8AEC778B5B62}" type="datetime1">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>14/02/2025</a:t>
+              <a:t>12/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6190,51 +6735,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9DDA6C7C-078A-49DF-AE7A-D3DDF8E99D67}" type="datetime1">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>14/02/2025</a:t>
+              <a:t>12/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6314,51 +6859,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7075EC11-1721-4360-A378-F6649AC6227E}" type="datetime1">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>14/02/2025</a:t>
+              <a:t>12/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6566,51 +7111,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1A230695-3632-487E-8506-209914F05A01}" type="datetime1">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>14/02/2025</a:t>
+              <a:t>12/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6799,51 +7344,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{74542351-0D01-4C4E-A00D-05516CC6F4F8}" type="datetime1">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>14/02/2025</a:t>
+              <a:t>12/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7021,51 +7566,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{77E312E6-FA90-4A59-849C-194B2CB6E855}" type="datetime1">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>14/02/2025</a:t>
+              <a:t>12/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7204,51 +7749,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B2DCA67C-1FDD-4289-A45B-1C24A8752454}" type="datetime1">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>14/02/2025</a:t>
+              <a:t>12/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7717,51 +8262,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4BBF2D1-A9DE-450B-BD5F-55EFF1E77543}" type="datetime1">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>14/02/2025</a:t>
+              <a:t>12/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8167,51 +8712,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6690749" y="6358249"/>
             <a:ext cx="2520000" cy="360000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1500">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{96B4C594-0B96-4F5A-984A-EA98CBA1964E}" type="datetime1">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>14/02/2025</a:t>
+              <a:t>12/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="602031" y="6358249"/>
             <a:ext cx="5975238" cy="360000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -8625,3063 +9170,154 @@
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
   <p:extLst>
     <p:ext uri="{27BBF7A9-308A-43DC-89C8-2F10F3537804}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="3840" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...26 lines deleted...]
-
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.PNG"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...2911 lines deleted...]
-<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Subtitle 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B829D82-CED6-7D1B-8B03-C1F3929722C1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-AU"/>
-              <a:t>After-tour lesson</a:t>
+              <a:t>Post-visit lesson</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F12A0260-6F89-7C19-2A19-CF3B28830856}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
@@ -11717,228 +9353,18788 @@
             </a:extLst>
           </a:blip>
           <a:srcRect l="-4"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1981200" y="0"/>
             <a:ext cx="10210344" cy="2560196"/>
           </a:xfrm>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2147952893"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU"/>
+              <a:t>1.5: Design your sustainable city</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F5AEA0E0-5CC6-4BD0-905C-A0021E419432}" type="slidenum">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:t>10</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="AutoShape 2" descr="A circular image of a city&#10;&#10;Description automatically generated"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="212725" y="-144463"/>
+            <a:ext cx="304800" cy="304801"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-AU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Content Placeholder 3" descr="A circular image of a city&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{30FC8087-874F-68DF-B3F3-87615D6601F7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3"/>
+          <a:srcRect l="21355" r="21355"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6028997" y="1570020"/>
+            <a:ext cx="5128972" cy="5013112"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Content Placeholder 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{002BFBC4-64C8-E9B2-4B35-805F364D8403}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="515765" y="1894937"/>
+            <a:ext cx="5333492" cy="3068604"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU" sz="2000" i="1">
+                <a:solidFill>
+                  <a:srgbClr val="1B3751"/>
+                </a:solidFill>
+                <a:ea typeface="+mj-lt"/>
+                <a:cs typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>The city’s future is in your hands!</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
+              <a:solidFill>
+                <a:srgbClr val="356690"/>
+              </a:solidFill>
+              <a:ea typeface="+mj-lt"/>
+              <a:cs typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-AU" sz="2000">
+              <a:solidFill>
+                <a:srgbClr val="1B3751"/>
+              </a:solidFill>
+              <a:ea typeface="+mj-lt"/>
+              <a:cs typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU" sz="2000">
+                <a:solidFill>
+                  <a:srgbClr val="1B3751"/>
+                </a:solidFill>
+                <a:ea typeface="+mj-lt"/>
+                <a:cs typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>If it were completely up to you, what decisions would you make for a growing city to ensure its success into the future? </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-AU" sz="2000">
+              <a:solidFill>
+                <a:srgbClr val="1B3751"/>
+              </a:solidFill>
+              <a:ea typeface="+mj-lt"/>
+              <a:cs typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU" sz="2000" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="1B3751"/>
+                </a:solidFill>
+                <a:ea typeface="+mj-lt"/>
+                <a:cs typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Now it’s your turn - Design your own liveable circular city</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2847100038"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Title 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E68D52C-E1A5-8097-5DF2-30741055B896}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="876000" y="2979000"/>
+            <a:ext cx="10440000" cy="900000"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU"/>
+              <a:t>Bringing it together</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{974283E9-5544-2C3F-E03E-031EB51CCAAF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11760200" y="274638"/>
+            <a:ext cx="431800" cy="900112"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F5AEA0E0-5CC6-4BD0-905C-A0021E419432}" type="slidenum">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:t>11</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3628045713"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61317DB3-5E24-277C-6044-F07A03404F20}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="602031" y="274868"/>
+            <a:ext cx="10440000" cy="900000"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>1.6: Water management plan</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3822AA4C-6461-B608-10B1-8678597FB6EF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="160421" y="1584250"/>
+            <a:ext cx="8758989" cy="4998881"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="95000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" sz="2000" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Develop a sustainable water management plan for the next 100 years to answer the question: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="95000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="334D6F"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>How can we manage Melbourne’s water sustainably as a valuable renewable resource?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000">
+              <a:solidFill>
+                <a:srgbClr val="334D6F"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:lnSpc>
+                <a:spcPct val="95000"/>
+              </a:lnSpc>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>In your stakeholder groups from the Future Water Story, develop a sustainable water management plan for the next 100 years for your community.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:lnSpc>
+                <a:spcPct val="95000"/>
+              </a:lnSpc>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>You will need to consider:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="673200" lvl="2" indent="-457200">
+              <a:lnSpc>
+                <a:spcPct val="95000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" sz="2000"/>
+              <a:t>The changing climate and the impacts that will have over the next 100 years</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="673200" lvl="2" indent="-457200">
+              <a:lnSpc>
+                <a:spcPct val="95000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" sz="2000"/>
+              <a:t>Viewpoints of your stakeholder group – what is important to them?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="673200" lvl="2" indent="-457200">
+              <a:lnSpc>
+                <a:spcPct val="95000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" sz="2000"/>
+              <a:t>What are individual actions people can take?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="673200" lvl="2" indent="-457200">
+              <a:lnSpc>
+                <a:spcPct val="95000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" sz="2000"/>
+              <a:t>What collective action should the community take over the next 100 years?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="673200" lvl="2" indent="-457200">
+              <a:lnSpc>
+                <a:spcPct val="95000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" sz="2000"/>
+              <a:t>How your plan incorporates the sustainability pillars</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="2" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="95000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" sz="2000"/>
+              <a:t>3. Present this back to your class via poster, multimedia or video.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="673200" lvl="2" indent="-457200">
+              <a:lnSpc>
+                <a:spcPct val="95000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-AU" sz="2000"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6" descr="IM000362">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F05BB0BB-EE9F-8E52-36EC-5418FA50230C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9172529" y="1782726"/>
+            <a:ext cx="2643300" cy="3960000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{28A0FA89-FFFC-8ABA-B895-83082451FE48}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11157969" y="274868"/>
+            <a:ext cx="432000" cy="900000"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:fld id="{F5AEA0E0-5CC6-4BD0-905C-A0021E419432}" type="slidenum">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:pPr>
+                <a:spcAft>
+                  <a:spcPts val="600"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:t>12</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1266918377"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Title 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9494A548-2020-404E-2860-159EF79FE964}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="602031" y="274868"/>
+            <a:ext cx="10440000" cy="900000"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU"/>
+              <a:t>1.7: Reflection</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E31D043-6768-4599-5A4B-5BC57F3439BA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="294052" y="1644317"/>
+            <a:ext cx="5681187" cy="3960000"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU" sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Complete these sentences to reflect on how your thoughts have changed about water and water security and management.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="215900" lvl="2" indent="-215900"/>
+            <a:r>
+              <a:rPr lang="en-AU" sz="2400"/>
+              <a:t>I used to think…</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="215900" lvl="2" indent="-215900"/>
+            <a:r>
+              <a:rPr lang="en-AU" sz="2400"/>
+              <a:t>Now, I think…</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="215900" lvl="2" indent="-215900"/>
+            <a:r>
+              <a:rPr lang="en-AU" sz="2400"/>
+              <a:t>In the future, I will…</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="215900" lvl="8" indent="-215900"/>
+            <a:endParaRPr lang="en-GB" sz="2300">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU"/>
+              <a:t>  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="215900" lvl="2" indent="-215900"/>
+            <a:endParaRPr lang="en-US" sz="2300">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{864DDA28-44E6-8EE9-DF00-4AA39947BFA7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11157969" y="274868"/>
+            <a:ext cx="432000" cy="900000"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:fld id="{F5AEA0E0-5CC6-4BD0-905C-A0021E419432}" type="slidenum">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:pPr>
+                <a:spcAft>
+                  <a:spcPts val="600"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:t>13</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1" descr="IM006652">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D68D8194-5931-71DB-C681-34F4D4A98009}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:srcRect l="6379" r="10875" b="2"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6216762" y="1888067"/>
+            <a:ext cx="5400000" cy="4356000"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 3353"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2472925297"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F80A41D4-3FB4-7520-595D-67114357BD0D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU"/>
+              <a:t>Thank you</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3909166809"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A00B1423-7580-0F03-CDD6-C72D23509CA3}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC3AB80C-3B84-3FD3-A31D-D9BCFDB5B21D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU"/>
+              <a:t>Glossary</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="AutoShape 2" descr="A circular image of a city&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4203A39D-94D2-8810-1EFC-CA9A59D704A2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="212725" y="-144463"/>
+            <a:ext cx="304800" cy="304801"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-AU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="5" name="Content Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25948CB4-A2FA-7F21-7E25-005F1BA00CCD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1321630612"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="212725" y="1432193"/>
+          <a:ext cx="11481679" cy="5259463"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{0817EA92-75D0-4044-A80A-286907CE0DDB}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="2034002">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4087198878"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="9447677">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2845677565"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="217738">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="280"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2800" b="1" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Word</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:spcBef>
+                          <a:spcPts val="280"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2800" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Definition</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1128251116"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="388528">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:lnSpc>
+                          <a:spcPts val="1210"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>activated</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-55">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>sludge process</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440" marR="111760">
+                        <a:lnSpc>
+                          <a:spcPct val="97000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="315"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>A sewage process in which solids are separated from wastewater using bacteria and aeration. Organisms</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>such</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>as</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>bacteria</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>degrade</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>organic</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>material</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>remove</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>nutrients</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>using</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>oxygen</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>before they are separated from the treated water</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="698627523"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="206510">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>aerator</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>A</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>device</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>for</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>mixing</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>air</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>into</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>sewage</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2903870367"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="284423">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>aerobic</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440" marR="111760">
+                        <a:lnSpc>
+                          <a:spcPct val="97000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="315"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>process</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>which</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>requires</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>oxygen.</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>In</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>sewage</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>air</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>is</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>mixed</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>into</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>sewage</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>to</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>encourage</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>certain bacteria to help break down the waste</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3830884650"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="284423">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>anaerobic</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:lnSpc>
+                          <a:spcPct val="97000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="315"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>This</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>is</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>process</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>which</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>does</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>not</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>require</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>oxygen.</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>In</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>this</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>case</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>some bacteria</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>work</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>without</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>oxygen</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>to help clean the waste</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4220782179"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="208910">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>aquifers</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>layers</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>rock</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>that</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>can</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>store</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>large</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>quantities</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4072217513"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="218760">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Biogas</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>renewable</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>energy</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>resource</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>produced</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>by</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>micro-organisms</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>such</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>as</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>methanogens</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1784281358"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="388528">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>biosolids</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:lnSpc>
+                          <a:spcPts val="1210"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>sludge</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>by-product</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>sewage</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>treatment</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>process.</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Some</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>this</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>is</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>nutrient-</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>rich</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>can</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>be</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:lnSpc>
+                          <a:spcPts val="1210"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>reused</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>for</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>many</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>purposes</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>including</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-55">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>agricultural</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>use</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>or</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>energy</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>production</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3247408507"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="284423">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>blue</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>fresh</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>surface</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>groundwater,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>such</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>as</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>lakes,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>rivers</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>aquifers</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2032297509"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="284423">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>brine</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>very</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>salty</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>solution</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3741473701"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="226758">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>catchment</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440" marR="111760">
+                        <a:lnSpc>
+                          <a:spcPct val="97000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="320"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>an</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>area</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>land</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>where</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>(from</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>precipitation)</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>is</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>collected</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>by</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>natural</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>landscape.</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>The</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water then flows or drains into rivers, creeks, dams, lakes or into a groundwater system</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="613941289"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="284423">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>dam</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>structure</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>built</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>across</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>river</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>to</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>control</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>river’s</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>flow</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>create</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>reservoir</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> (lake)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="98257771"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="205590">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>desalination</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>removal</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>salts</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>from</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>seawater</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>or</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>other</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>saline</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>(salty)</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>solutions</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3644287536"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="226758">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>drainage</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-60">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>basin</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:lnSpc>
+                          <a:spcPct val="97000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="320"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>area</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>where</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>collects</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>moves</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>towards</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>river</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>its</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>tributaries</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>(branches</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>from the main river; also known as a catchment or river basin</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1116508440"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="284423">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>drought</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>prolonged</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>(lengthy)</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>period</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>below-average</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>rainfall</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3534892067"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="388528">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>groundwater</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:lnSpc>
+                          <a:spcPts val="1210"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>beneath</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Earth’s</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>surface</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>that</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>fills</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>pores</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>or</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>tiny</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>spaces</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>in</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>materials</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>such</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>as</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>sand,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>soil</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>or</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:lnSpc>
+                          <a:spcPts val="1210"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>gravel</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1713756872"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="284423">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>green</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>energy</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:lnSpc>
+                          <a:spcPct val="97000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="320"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>energy</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>(electricity)</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>produced</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>using</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>renewable</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>resources,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>such</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>as</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>wind</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>or</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>sunlight,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>without</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>creating greenhouse gases</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2086371104"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="284423">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="305"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>green</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:lnSpc>
+                          <a:spcPct val="97000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="320"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>precipitation</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>(rainfall)</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>on</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>land</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>that</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>does</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>not</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>run</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>off</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>or</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>become</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>groundwater, but</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>is</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>stored</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>in</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the soil or temporarily stays on top of the soil or in vegetation</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3706790092"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1162464716"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FB487165-405D-4FF2-726A-9602765A7137}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96F52539-3866-CE36-6A06-056EB0AACA96}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU"/>
+              <a:t>Glossary of terms that might be used on your excursion</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="AutoShape 2" descr="A circular image of a city&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{060D55F6-2EE1-E3CA-1BA5-F44F3A4CA88E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="212725" y="-144463"/>
+            <a:ext cx="304800" cy="304801"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-AU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="13" name="Content Placeholder 9"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr/>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="212725" y="1427822"/>
+          <a:ext cx="11639319" cy="5313277"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{0817EA92-75D0-4044-A80A-286907CE0DDB}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="1839998">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4087198878"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="9799321">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2845677565"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="280213">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-AU" sz="2800"/>
+                        <a:t>Word</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="58652" marR="58652" marT="29326" marB="29326">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-AU" sz="2800"/>
+                        <a:t>Definition</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="58652" marR="58652" marT="29326" marB="29326">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1128251116"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="164725">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>grey</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>generated</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>from</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>domestic</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>activities</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>such</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>as</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-55">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>washing</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>clothes,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>dishwashing</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>bathing</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4220782179"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="202141">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>heatwaves</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>short</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>periods</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>(usually</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>no</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>longer</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>than</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>few</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>days)</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-55">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>well-above-average</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> temperatures</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4072217513"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="199653">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>non-potable</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>that</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>is</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>not</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>safe</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>to</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>drink</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>but</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>can</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>be</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>used</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>for</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>other</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>purposes</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1784281358"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="259581">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>ponds/</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>lagoons</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075" marR="88900">
+                        <a:lnSpc>
+                          <a:spcPct val="97000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="315"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>large</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>ponds</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>for</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>treating</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>sewage.</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>The</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>sewage</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>flows</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>through</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>ponds,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>gradually</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>becoming</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>cleaner as bacteria break down the organic matter in the water</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3247408507"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="171404">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>potable</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>that</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>is</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>safe</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>to</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>drink</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2032297509"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="354593">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>river</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>basin</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:lnSpc>
+                          <a:spcPts val="1210"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>land</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>that</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>acts</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>as</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>container</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>for</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>to</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>flow</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>towards</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>main</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>river</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>or</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>ocean;</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>also</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>known</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>as</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:lnSpc>
+                          <a:spcPts val="1210"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>catchment</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>or</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>drainage</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-55">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>basin</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3741473701"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="160636">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>run-</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>off</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>movement of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>surface</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>across</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>land</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>down</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>slopes</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="613941289"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="106677">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>reservoir</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>large</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>natural</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>or</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>artificial</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>lake</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>used</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>as</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>source</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> supply</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="98257771"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="162267">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>sanitation</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>infrastructure</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>related</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>to</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>collection</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>disposal</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>sewage</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>(human</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>waste)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3644287536"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="259581">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>sewage</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075" marR="143510">
+                        <a:lnSpc>
+                          <a:spcPct val="97000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="315"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>wastewater that</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>leaves</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>our</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>kitchens,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>bathrooms,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>laundries</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>toilets,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>as</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>well</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>as</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>from</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>industry and businesses</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1116508440"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="206953">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>sewerage</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075" marR="143510">
+                        <a:lnSpc>
+                          <a:spcPct val="97000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="315"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>network</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>pipes</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>pumps</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>that</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>carry</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>away</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>wastewater and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>human</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>waste</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>from</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>houses</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and other buildings</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3534892067"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="259581">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>stormwater</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>from</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>rain</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>or</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>storm</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>events</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>that</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>flows</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>off</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>house</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>or</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>building</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1713756872"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="188105">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>virtual</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>volume</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>fresh</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>that</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>is</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>consumed</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>(or</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>polluted)</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>when</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>product</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>is</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>created</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1970850622"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="193780">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>wastewater</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>that</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>is</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>discharged</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>from</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>homes</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>businesses</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>sent</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>to</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>treatment</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> plant</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1374085671"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="310431">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>allocation</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075" marR="88900">
+                        <a:lnSpc>
+                          <a:spcPct val="97000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="315"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>amount</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>user</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>with</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>access</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>licence</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>is</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>allocated</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>against</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>their</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>licence in</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a water year/ A water allocation</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>is an authority</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>to take</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water, and an entitlement to a share of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the available water resource in a catchment</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3208451280"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="413908">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>budget</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075" marR="88900">
+                        <a:lnSpc>
+                          <a:spcPct val="97000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="320"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>an</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>account</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>stored</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>in</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>system,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>such</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>as</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>watershed,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>movement of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>in</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and out of that system. The equation used to calculate a water budget broadly includes precipitation, water flow into a system, water flow out of a system, changes in water storage, and </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>evapotranspiration</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="404720847"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="188105">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>cycle</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>processes</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>passing</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>from</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>to</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Earth’s</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>oceans,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>atmosphere</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>land</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2765493750"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="259581">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>footprint</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075" marR="88900">
+                        <a:lnSpc>
+                          <a:spcPct val="97000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="320"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>total</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>volume</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>fresh</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>used</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>by</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>an</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>individual,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>household,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>business,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>community</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>or</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>country</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="940191043"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="198282">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>scarcity</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>situation</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>in</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>which</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>demand</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>for</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>is</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>greater</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>than</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>amount</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>available</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1474862140"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="217269">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>watersheds</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>boundaries</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>between</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>catchments</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3755779319"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="259581">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>stress</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>negative</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>effect</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>that</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>scarcity</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>can</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>have</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>on</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>people</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>environments</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3212938532"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2296516357"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE45FF23-2352-1457-0C47-4468B06E4BE5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F5AEA0E0-5CC6-4BD0-905C-A0021E419432}" type="slidenum">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:t>2</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E558487B-52A6-ECA6-CCE2-24083D75D438}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1">
+                <a:latin typeface="Verdana"/>
+                <a:ea typeface="Verdana"/>
+              </a:rPr>
+              <a:t> Teacher instructions</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7721118-8A03-EBD9-71A6-454C522CC548}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="376109" y="1601149"/>
+            <a:ext cx="11439782" cy="3354765"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1600" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:ea typeface="Verdana"/>
+                <a:cs typeface="Segoe UI"/>
+              </a:rPr>
+              <a:t>Post-visit: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:ea typeface="Verdana"/>
+                <a:cs typeface="Segoe UI"/>
+              </a:rPr>
+              <a:t>Concluding Lessons</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1600">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:ea typeface="Verdana"/>
+              <a:cs typeface="Segoe UI"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1600" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:ea typeface="Verdana"/>
+                <a:cs typeface="Segoe UI"/>
+              </a:rPr>
+              <a:t>Length:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:ea typeface="Verdana"/>
+                <a:cs typeface="Segoe UI"/>
+              </a:rPr>
+              <a:t> Approximately 100 minutes</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-AU" sz="1600">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:ea typeface="Verdana"/>
+              <a:cs typeface="Segoe UI"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:ea typeface="Verdana"/>
+                <a:cs typeface="Segoe UI"/>
+              </a:rPr>
+              <a:t>Description: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:ea typeface="Verdana"/>
+                <a:cs typeface="Segoe UI"/>
+              </a:rPr>
+              <a:t>St</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600">
+                <a:solidFill>
+                  <a:srgbClr val="1B3751"/>
+                </a:solidFill>
+                <a:ea typeface="Verdana"/>
+                <a:cs typeface="Segoe UI"/>
+              </a:rPr>
+              <a:t>udents participating in the</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" i="1">
+                <a:solidFill>
+                  <a:srgbClr val="1B3751"/>
+                </a:solidFill>
+                <a:ea typeface="Verdana"/>
+                <a:cs typeface="Segoe UI"/>
+              </a:rPr>
+              <a:t> Future Water Story </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600">
+                <a:solidFill>
+                  <a:srgbClr val="1B3751"/>
+                </a:solidFill>
+                <a:ea typeface="Verdana"/>
+                <a:cs typeface="Segoe UI"/>
+              </a:rPr>
+              <a:t>at the Western Treatment Plant, will explore the theme: </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
+              <a:solidFill>
+                <a:srgbClr val="334D6F"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="1">
+              <a:solidFill>
+                <a:srgbClr val="334D6F"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="334D6F"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>How can we manage Melbourne’s water sustainably as a valuable renewable resource?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
+              <a:solidFill>
+                <a:srgbClr val="334D6F"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1600">
+              <a:ea typeface="Verdana"/>
+              <a:cs typeface="Segoe UI"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:ea typeface="Verdana"/>
+                <a:cs typeface="Segoe UI"/>
+              </a:rPr>
+              <a:t>This lesson sequence is aimed at bringing all the different ideas and concepts students have learnt while taking part in the Future Water Story;  and encouraging them to generate and communicate their ideas on how to use water sustainably.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-AU" sz="1600">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:cs typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1600">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:ea typeface="Verdana"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:ea typeface="Verdana"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>***See </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:ea typeface="Verdana"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Notes</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:ea typeface="Verdana"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t> on each slide for more teaching ideas***</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3022524459"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E1D1318-73ED-0CA7-1D44-C2A991E9CF86}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1306161" y="2194998"/>
+            <a:off x="876000" y="625506"/>
             <a:ext cx="10440000" cy="900000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l" fontAlgn="base"/>
             <a:r>
-              <a:rPr lang="en-AU" dirty="0">
+              <a:rPr lang="en-AU">
                 <a:latin typeface="VAG Rounded Next Medium"/>
               </a:rPr>
               <a:t>Learning outcomes</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" dirty="0"/>
+              <a:rPr lang="en-AU"/>
             </a:br>
-            <a:endParaRPr lang="en-AU" sz="2000" dirty="0"/>
+            <a:endParaRPr lang="en-AU" sz="2000"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{370B0BD4-26D0-BA16-179E-DEED3E8EB6A0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1306161" y="3985698"/>
-            <a:ext cx="10440000" cy="900000"/>
+            <a:off x="712227" y="1405719"/>
+            <a:ext cx="10440000" cy="4244454"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="4800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="VAG Rounded Next Medium" panose="020F0602020203020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="l" fontAlgn="base">
-              <a:buFont typeface="Arial"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="2000" dirty="0">
+              <a:rPr lang="en-AU" sz="2000">
                 <a:latin typeface="VAG Rounded Next Medium"/>
               </a:rPr>
-              <a:t>Explain the different methods to overcoming water scarcity; both by reducing demand for water and increasing the supply of water through alternate water sources</a:t>
+              <a:t>Demonstrate understanding of key water sustainability concepts – Students identify and explain factors contributing to water scarcity and sustainable water management in Melbourne and the sewage treatment process.</a:t>
             </a:r>
-            <a:r>
-[...8 lines deleted...]
-              <a:buFont typeface="Arial"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" algn="l" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="2000" dirty="0">
+              <a:rPr lang="en-AU" sz="2000">
                 <a:latin typeface="VAG Rounded Next Medium"/>
               </a:rPr>
-              <a:t>Know that water is a scarce resource, and it needs to be managed to ensure water security</a:t>
+              <a:t>Reflect on their decision‑making during the Future Water Story – Students explain their decisions and these affected the city over time. They will evaluate how the sustainability pillars may have influenced their decisions</a:t>
             </a:r>
-            <a:r>
-[...8 lines deleted...]
-              <a:buFont typeface="Arial"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" algn="l" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="2000" dirty="0">
+              <a:rPr lang="en-AU" sz="2000">
                 <a:latin typeface="VAG Rounded Next Medium"/>
               </a:rPr>
-              <a:t>Know that the liveability of Melbourne depends on a safe and secure supply of water; as well as treatment of wastewater</a:t>
+              <a:t>Analyse environmental change over time – Students compare and contrast changes in land use, water, vegetation and built environments and use judgement to understand the impacts of those changes.</a:t>
             </a:r>
-            <a:r>
-[...8 lines deleted...]
-              <a:buFont typeface="Arial"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" algn="l" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="2000" dirty="0">
+              <a:rPr lang="en-AU" sz="2000">
                 <a:latin typeface="VAG Rounded Next Medium"/>
               </a:rPr>
-              <a:t>Understand that Melbourne's water security will be impacted by climate change</a:t>
+              <a:t>Apply knowledge to design a sustainable city – Students will design their own city and propose water-secure solutions for a growing population.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2000" dirty="0">
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" algn="l" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" sz="2000">
+                <a:latin typeface="VAG Rounded Next Medium"/>
+              </a:rPr>
+              <a:t>Develop and communicate a long-term water management plan – Students will apply their previous knowledge to develop their own community water management plan and propose individual and collection actions.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" algn="l" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" sz="2000">
+                <a:latin typeface="VAG Rounded Next Medium"/>
+              </a:rPr>
+              <a:t>Reflect on their learning</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" algn="l" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2000">
               <a:latin typeface="VAG Rounded Next Medium"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1027447141"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="5" name="Content Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F159346-D55D-79A4-099B-8F5040C17CEB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="14"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2942412922"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="136769" y="1699846"/>
+          <a:ext cx="11652287" cy="5101585"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{0817EA92-75D0-4044-A80A-286907CE0DDB}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="1760881">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1161235133"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="8685963">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3498606688"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1205443">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2981507158"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400">
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>Slide</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400">
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>Description </a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400">
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>Time</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1796131606"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="353785">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" lvl="0" indent="0" algn="l">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>1.1: Recap</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-AU" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>Refer to the main th</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-AU" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" noProof="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>eme 'How can we manage Melbourne’s water sustainably as a valuable renewable resource?'</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>5 minutes</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3890127812"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="353785">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" lvl="0" indent="0" algn="l">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-AU" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>1.2: Create a flow chart</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" lvl="0" indent="0" algn="l">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" noProof="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Students diagrammatically represent the process of sewage treatment, giving explanations at each point how that process is sustainable.</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>20 minutes</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1877501804"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="312964">
+                <a:tc gridSpan="3">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>Section: Extend your understanding</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="1400">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="1400">
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2579381822"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="312964">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>1.3: Change over time</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-AU" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>Students reflect on the changes through time in the Future Water Story</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1400">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>10 minutes</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1400">
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1181641573"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="312964">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>1.4: Sustainability and the Future Water Story</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" lvl="0" indent="0" algn="l">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-AU" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>Students discuss the pillars of sustainability and how they affected the decisions in the Future Water Story</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1400">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>10 minutes</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1400">
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="766932228"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="312964">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>1.5: Design your sustainable city</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" lvl="0" indent="0" algn="l">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>Students apply their learning about water security, management and sustainability and design their own city</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>20 minutes</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1400">
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="1400">
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3982461942"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370838">
+                <a:tc gridSpan="3">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>Section: Bringing it together</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0" err="1">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0">
+                        <a:solidFill>
+                          <a:srgbClr val="1B3751"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2427595052"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370838">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>1.6: Water management plan</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>Students will design their own water management plan for their city into the next 100 years.</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>25 minutes</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1004737265"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370838">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>1.7: Reflection</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" noProof="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>Students complete an individual reflection about their own learning of water security and management.</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>5 minutes</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="418087789"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>Section: Glossary of terms</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>Glossary</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>Reference</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2389065609"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD33BE3F-51F8-59EB-7B60-BCEC2D36651C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Lesson sequence</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C3C5E741-3208-5209-E918-9EF6C43C6FC7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F5AEA0E0-5CC6-4BD0-905C-A0021E419432}" type="slidenum">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:t>4</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{95CE904F-7609-0CE2-17BE-EBD2F1879084}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="689919" y="1359396"/>
+            <a:ext cx="10900050" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600"/>
+              <a:t>The following is a suggested sequence of activities and time allocation. All resources can be edited to suit your teaching needs.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2981667348"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -11950,91 +28146,96 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2912621-2843-44C7-B7BE-A70351F18D1C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="602031" y="274868"/>
             <a:ext cx="10440000" cy="900000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-              <a:t>2.1: Recap</a:t>
+              <a:rPr lang="en-US"/>
+              <a:t>1.1: Recap</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A87AF86-07CF-0E24-874D-72A636AE6208}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="602031" y="2625600"/>
             <a:ext cx="4204749" cy="3048000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" b="1" dirty="0">
+              <a:rPr lang="en-US" sz="3200" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="356690"/>
+                </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>How do we make the use of water in Melbourne sustainable?</a:t>
+              <a:t>How can we manage Melbourne’s water sustainably as a valuable renewable resource?</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="3200" dirty="0">
+            <a:endParaRPr lang="en-US">
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D420BFEE-A3DB-737A-A4E2-CADE54FAB507}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11157969" y="274868"/>
             <a:ext cx="432000" cy="900000"/>
@@ -12109,417 +28310,373 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Title 5">
+          <p:cNvPr id="11" name="Title 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CC132F4-9109-BAA1-8AED-A45E6C8F0980}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9494A548-2020-404E-2860-159EF79FE964}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>Key knowledge</a:t>
+              <a:rPr lang="en-AU"/>
+              <a:t>1.2: Western Treatment Plant flow chart</a:t>
             </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E31D043-6768-4599-5A4B-5BC57F3439BA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="602030" y="1981201"/>
+            <a:ext cx="3712796" cy="3960000"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="457200" lvl="8" indent="-457200">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" sz="2400"/>
+              <a:t>Create a flow chart using images displaying the sewage treatment process at the Western Treatment Plant from where the sewage enters the Plant to the final products released at the other end.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="8" indent="-457200">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" sz="2400"/>
+              <a:t>For each image, include an explanation about how that section of the process is sustainably managed.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="8" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="8" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-AU" sz="2300">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="215900" lvl="2" indent="-215900"/>
+            <a:endParaRPr lang="en-US" sz="2300">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{34BDC132-CDE7-0881-61F0-B4C2DA33BF3E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{864DDA28-44E6-8EE9-DF00-4AA39947BFA7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="4294967295"/>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+            </a:pPr>
             <a:fld id="{F5AEA0E0-5CC6-4BD0-905C-A0021E419432}" type="slidenum">
               <a:rPr lang="en-GB" smtClean="0"/>
+              <a:pPr>
+                <a:spcAft>
+                  <a:spcPts val="600"/>
+                </a:spcAft>
+              </a:pPr>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture Placeholder 6" descr="A sign next to a canal&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{89BD983E-649D-A670-509E-F8FFBBFB18DF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="14"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect t="3245" b="3245"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4629150" y="1887538"/>
+            <a:ext cx="6988175" cy="4356100"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2002319646"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="776672121"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
+          <p:cNvPr id="6" name="Title 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FBE4F673-6059-B844-96DB-D2981E9CB2CB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CC132F4-9109-BAA1-8AED-A45E6C8F0980}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1039773" y="2979000"/>
+            <a:ext cx="10440000" cy="900000"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>2.2: Sustainability </a:t>
+              <a:rPr lang="en-AU"/>
+              <a:t>Extend your understanding</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Content Placeholder 2">
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F8170BA-4DB1-2E05-4240-1AF13EB35BDC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{34BDC132-CDE7-0881-61F0-B4C2DA33BF3E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="half" idx="1"/>
+            <p:ph type="sldNum" sz="quarter" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="602031" y="1718495"/>
-            <a:ext cx="11186848" cy="2197875"/>
+            <a:off x="11760200" y="274638"/>
+            <a:ext cx="431800" cy="900112"/>
           </a:xfrm>
         </p:spPr>
-        <p:txBody>
-[...75 lines deleted...]
-        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F5AEA0E0-5CC6-4BD0-905C-A0021E419432}" type="slidenum">
               <a:rPr lang="en-GB" smtClean="0"/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...88 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2436857328"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2002319646"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>2.3: Change over time</a:t>
+              <a:rPr lang="en-AU"/>
+              <a:t>1.3: Change over time</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F5AEA0E0-5CC6-4BD0-905C-A0021E419432}" type="slidenum">
               <a:rPr lang="en-GB" smtClean="0"/>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
@@ -12564,76 +28721,76 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Rectangle 10"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="517525" y="1580348"/>
             <a:ext cx="5316905" cy="477054"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-AU" sz="2500" dirty="0">
+              <a:rPr lang="en-AU" sz="2500">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Bliss Pro"/>
               </a:rPr>
               <a:t>Describe the changes in the </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-AU" sz="2500" dirty="0">
+              <a:rPr lang="en-AU" sz="2500">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>landscape</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-AU" sz="2500" dirty="0">
+              <a:rPr lang="en-AU" sz="2500">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Bliss Pro"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="en-AU" sz="2500" dirty="0">
+            <a:endParaRPr lang="en-AU" sz="2500">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
               <a:latin typeface="Bliss Pro"/>
               <a:ea typeface="Verdana"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="25" name="Picture Placeholder 23" descr="A circular view of a river and a circular structure&#10;&#10;Description automatically generated with medium confidence">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{035B5442-46CD-6EC6-4629-B49919F9A9AD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
@@ -12711,235 +28868,354 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FBE4F673-6059-B844-96DB-D2981E9CB2CB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>2.4: Circular Cities Digital Challenge</a:t>
+              <a:rPr lang="en-AU"/>
+              <a:t>1.4: Sustainability and The Future Water Story</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
-[...61 lines deleted...]
-          <p:cNvPr id="8" name="Content Placeholder 3" descr="A circular image of a city&#10;&#10;Description automatically generated">
+          <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{30FC8087-874F-68DF-B3F3-87615D6601F7}"/>
-[...28 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{002BFBC4-64C8-E9B2-4B35-805F364D8403}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F8170BA-4DB1-2E05-4240-1AF13EB35BDC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="515765" y="1894937"/>
-            <a:ext cx="4551736" cy="3068604"/>
+            <a:off x="614770" y="1652689"/>
+            <a:ext cx="8716141" cy="3997484"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-AU" sz="2000" i="1" dirty="0">
-[...4 lines deleted...]
-                <a:cs typeface="+mj-lt"/>
+              <a:rPr lang="en-AU">
+                <a:latin typeface="Bliss Pro"/>
+                <a:ea typeface="Verdana"/>
               </a:rPr>
-              <a:t>The city’s future is in your hands!</a:t>
+              <a:t>The Future Water Story focuses on three pillars of sustainability: Economy, environment and emotional (social). </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...4 lines deleted...]
-              <a:cs typeface="+mj-lt"/>
+            <a:endParaRPr lang="en-US">
+              <a:latin typeface="Bliss Pro"/>
+              <a:ea typeface="Verdana"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-AU" sz="2000" dirty="0">
-[...4 lines deleted...]
-              <a:cs typeface="+mj-lt"/>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-AU" b="1">
+                <a:latin typeface="Bliss Pro"/>
+                <a:ea typeface="Verdana"/>
+              </a:rPr>
+              <a:t>Questions for discussion:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="4" indent="-457200">
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU">
+                <a:latin typeface="Bliss Pro"/>
+                <a:ea typeface="Verdana"/>
+              </a:rPr>
+              <a:t>Which of these pillars did you think was the most important when making decisions?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="4" indent="-457200">
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU">
+                <a:latin typeface="Bliss Pro"/>
+                <a:ea typeface="Verdana"/>
+              </a:rPr>
+              <a:t>Did the results of each era affect your decision in the next era? If so, how?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="4" indent="-457200">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU">
+                <a:ea typeface="Verdana"/>
+              </a:rPr>
+              <a:t>Do you think that there are other pillars of sustainability that should be taken into consideration? If so, what?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="4" indent="-457200">
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-AU">
+              <a:latin typeface="Bliss Pro"/>
+              <a:ea typeface="Verdana"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...9 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:pPr marL="457200" lvl="4" indent="-457200">
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-AU">
+              <a:latin typeface="Bliss Pro"/>
+              <a:ea typeface="Verdana"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:endParaRPr lang="en-AU">
+              <a:latin typeface="Bliss Pro"/>
+              <a:ea typeface="Verdana"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="4" indent="-457200">
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-AU">
+              <a:latin typeface="Bliss Pro"/>
+              <a:ea typeface="Verdana"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="4" indent="-457200">
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-AU">
+              <a:latin typeface="Bliss Pro"/>
+              <a:ea typeface="Verdana"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="4" indent="-457200">
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-AU">
+              <a:latin typeface="Bliss Pro"/>
+              <a:ea typeface="Verdana"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="4" indent="-457200">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-AU">
+              <a:latin typeface="Bliss Pro"/>
+              <a:ea typeface="Verdana"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="7"/>
+            <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{442A67EF-2A09-FF53-B91C-1BD88770C103}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F5AEA0E0-5CC6-4BD0-905C-A0021E419432}" type="slidenum">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:t>9</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6" descr="A screen shot of a map&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F46203E-C791-709F-AEF1-A6864C9D57DA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9596863" y="4672320"/>
+            <a:ext cx="1980367" cy="2021624"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Picture 7" descr="A circular object with a smiley face&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FF1A666-BC77-AE59-54F8-15945EB5FE0D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9609602" y="472814"/>
+            <a:ext cx="1980367" cy="1921545"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8" descr="A circular chart with a dollar sign&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E38AF35-925B-950D-F75C-B6F1F872A182}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9596863" y="2572567"/>
+            <a:ext cx="1980367" cy="1921545"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2847100038"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2436857328"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Melbourne Water">
   <a:themeElements>
     <a:clrScheme name="Melbourne Water">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1B3751"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
@@ -13434,77 +29710,79 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100757C90B357CBB44F8826BFC627DEA276" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f905201c4721b611fd47a9ad9ba66503">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="85f4be49-0b6f-43fb-9fd0-e026870d021e" xmlns:ns3="8abf1876-902b-4d67-ae96-f70d0d2c9d92" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dcafa586dcc17cbd8a38fc092c65a0a4" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100757C90B357CBB44F8826BFC627DEA276" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="69c9e138ff51e926a0cdebe0a95b80a7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="85f4be49-0b6f-43fb-9fd0-e026870d021e" xmlns:ns3="8abf1876-902b-4d67-ae96-f70d0d2c9d92" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6a182c7932dbc9ab812f0459f9b8a563" ns2:_="" ns3:_="">
     <xsd:import namespace="85f4be49-0b6f-43fb-9fd0-e026870d021e"/>
     <xsd:import namespace="8abf1876-902b-4d67-ae96-f70d0d2c9d92"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="85f4be49-0b6f-43fb-9fd0-e026870d021e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -13545,50 +29823,60 @@
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="e3cd3dfc-bda3-408c-b55f-d8b2e2a7c8d2" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="23" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="26" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_Flow_SignoffStatus" ma:index="27" nillable="true" ma:displayName="Sign-off status" ma:internalName="_x0024_Resources_x003a_core_x002c_Signoff_Status">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8abf1876-902b-4d67-ae96-f70d0d2c9d92" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="14" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -13695,189 +29983,168 @@
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="85f4be49-0b6f-43fb-9fd0-e026870d021e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="8abf1876-902b-4d67-ae96-f70d0d2c9d92" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="85f4be49-0b6f-43fb-9fd0-e026870d021e" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F5935CA6-6518-459E-AAEA-AC5CF4DD3BEA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB0AE3EE-D376-4C15-8061-C7FC7C812B0F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="85f4be49-0b6f-43fb-9fd0-e026870d021e"/>
     <ds:schemaRef ds:uri="8abf1876-902b-4d67-ae96-f70d0d2c9d92"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BDF58E70-4B44-498D-B0D6-10B2566BA575}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="85f4be49-0b6f-43fb-9fd0-e026870d021e"/>
     <ds:schemaRef ds:uri="8abf1876-902b-4d67-ae96-f70d0d2c9d92"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{22B84397-0EB1-4EE1-B1A0-9CF65EFFC5AE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Melbourne Water-PowerPoint template</Template>
-  <TotalTime></TotalTime>
-  <Words>1687</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>236</Paragraphs>
-[...1 lines deleted...]
-  <Notes>12</Notes>
+  <Slides>16</Slides>
+  <Notes>13</Notes>
   <HiddenSlides>0</HiddenSlides>
-  <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="6" baseType="variant">
-[...5 lines deleted...]
-      </vt:variant>
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>15</vt:i4>
+        <vt:i4>16</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="29" baseType="lpstr">
-[...12 lines deleted...]
-      <vt:lpstr>Wingdings</vt:lpstr>
+    <vt:vector size="17" baseType="lpstr">
       <vt:lpstr>Melbourne Water</vt:lpstr>
-      <vt:lpstr>2. Teacher instructions</vt:lpstr>
-      <vt:lpstr>Instructions</vt:lpstr>
       <vt:lpstr>The Future Water Story</vt:lpstr>
+      <vt:lpstr> Teacher instructions</vt:lpstr>
       <vt:lpstr>Learning outcomes </vt:lpstr>
-      <vt:lpstr>2.1: Recap</vt:lpstr>
-[...9 lines deleted...]
-      <vt:lpstr>Curriculum links</vt:lpstr>
+      <vt:lpstr>Lesson sequence</vt:lpstr>
+      <vt:lpstr>1.1: Recap</vt:lpstr>
+      <vt:lpstr>1.2: Western Treatment Plant flow chart</vt:lpstr>
+      <vt:lpstr>Extend your understanding</vt:lpstr>
+      <vt:lpstr>1.3: Change over time</vt:lpstr>
+      <vt:lpstr>1.4: Sustainability and The Future Water Story</vt:lpstr>
+      <vt:lpstr>1.5: Design your sustainable city</vt:lpstr>
+      <vt:lpstr>Bringing it together</vt:lpstr>
+      <vt:lpstr>1.6: Water management plan</vt:lpstr>
+      <vt:lpstr>1.7: Reflection</vt:lpstr>
+      <vt:lpstr>Thank you</vt:lpstr>
+      <vt:lpstr>Glossary</vt:lpstr>
+      <vt:lpstr>Glossary of terms that might be used on your excursion</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Melbourne Water</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The Future of Water Story</dc:title>
   <dc:creator>Marita Tripp</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100757C90B357CBB44F8826BFC627DEA276</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_8d1a0ea4-6344-45fe-bd17-9bfc2ab6afb4_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8d1a0ea4-6344-45fe-bd17-9bfc2ab6afb4_SetDate">
     <vt:lpwstr>2024-11-05T22:19:41Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8d1a0ea4-6344-45fe-bd17-9bfc2ab6afb4_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8d1a0ea4-6344-45fe-bd17-9bfc2ab6afb4_Name">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>